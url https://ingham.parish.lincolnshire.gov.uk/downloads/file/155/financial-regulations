--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -197,1327 +197,50 @@
         <w:t xml:space="preserve">This Model Financial Regulations template was produced by the National Association of Local </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">s (NALC) in April 2024 for the purpose of its member </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s and county associations. Every effort has been made to ensure that the contents of this document are correct at time of publication. NALC cannot accept responsibility for errors, omissions and changes to information subsequent to publication.</w:t>
-      </w:r>
-[...1275 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="429818EA" w14:textId="77777777" w:rsidR="00E053E1" w:rsidRPr="009F1AF9" w:rsidRDefault="00E053E1" w:rsidP="009F1AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C4E9A50" w14:textId="5706FB81" w:rsidR="00202E2D" w:rsidRPr="009F1AF9" w:rsidRDefault="00E053E1" w:rsidP="009F1AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -3404,97 +2127,92 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="1F44A647" w14:textId="632EF442" w:rsidR="00C93E84" w:rsidRPr="009F1AF9" w:rsidRDefault="00C93E84" w:rsidP="009F1AF9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009F1AF9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="67AFA64A" w14:textId="7D1D7811" w:rsidR="009E68C5" w:rsidRPr="009F1AF9" w:rsidRDefault="009E68C5" w:rsidP="009F1AF9">
+    <w:p w14:paraId="67AFA64A" w14:textId="3080EC12" w:rsidR="009E68C5" w:rsidRPr="009F1AF9" w:rsidRDefault="009E68C5" w:rsidP="009F1AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">These Financial Regulations were adopted by the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at its meeting held on </w:t>
       </w:r>
-      <w:r w:rsidR="00FA56C9" w:rsidRPr="009F1AF9">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="000513DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="000513DE" w:rsidRPr="000513DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="000513DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> May 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0332E465" w14:textId="77777777" w:rsidR="007B730D" w:rsidRPr="009F1AF9" w:rsidRDefault="007B730D" w:rsidP="009F1AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E627651" w14:textId="77777777" w:rsidR="004575F6" w:rsidRPr="009F1AF9" w:rsidRDefault="004575F6" w:rsidP="009F1AF9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="673E82C1" w14:textId="62DB33E3" w:rsidR="009E68C5" w:rsidRPr="009F1AF9" w:rsidRDefault="009E68C5" w:rsidP="009F1AF9">
       <w:pPr>
@@ -7090,57 +5808,71 @@
     </w:p>
     <w:p w14:paraId="0CC643ED" w14:textId="7DD72D31" w:rsidR="00955295" w:rsidRPr="009F1AF9" w:rsidRDefault="000C121B" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="850" w:hanging="510"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Budgets for salaries and wages, including employer contributions </w:t>
       </w:r>
       <w:r w:rsidR="00955295" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall be reviewed by  </w:t>
+        <w:t xml:space="preserve">shall be reviewed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00955295" w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by  </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
+        <w:t>Ingham</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parish Council</w:t>
       </w:r>
       <w:r w:rsidR="00955295" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at least annually in </w:t>
       </w:r>
       <w:r w:rsidR="006961BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="00955295" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the following financial year and the final version shall be evidenced by a hard copy schedule signed by the Clerk and the Chair of the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
@@ -8187,51 +6919,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E647880" w14:textId="17BAE890" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00800338" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4C80E3E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D22E75" w:rsidRPr="4C80E3E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The requirement to obtain competitive prices in these regulations need not apply to contracts that relate to items (i) to (iv) below: </w:t>
+        <w:t>The requirement to obtain competitive prices in these regulations need not apply to contracts that relate to items (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D22E75" w:rsidRPr="4C80E3E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D22E75" w:rsidRPr="4C80E3E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to (iv) below: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6F7C14" w14:textId="77777777" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="54"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>specialist services, such as legal professionals acting in disputes;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F7B9DF" w14:textId="77777777" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
@@ -8501,57 +7247,71 @@
         </w:rPr>
         <w:t xml:space="preserve">for any items below £500 excluding VAT. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B160C5" w14:textId="42264458" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the Clerk, in consultation with the Chair of the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  for any items below £</w:t>
+        <w:t xml:space="preserve">Ingham Parish </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any items below £</w:t>
       </w:r>
       <w:r w:rsidR="006961BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,000 excluding VAT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B740B48" w14:textId="2EC1D225" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9748,70 +8508,78 @@
     </w:p>
     <w:p w14:paraId="0CC6F70F" w14:textId="4B5CF5B5" w:rsidR="009B2323" w:rsidRPr="009F1AF9" w:rsidRDefault="00242A6A" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1418" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
       <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> payment necessary to avoid a charge under the Late Payment of Commercial Debts (Interest) Act 1998</w:t>
+        <w:t xml:space="preserve"> payment necessary to avoid a charge under the Late Payment of Commercial Debts (Interest) Act </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1998</w:t>
       </w:r>
       <w:r w:rsidR="00F14F77" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the due date for payment is before the next scheduled </w:t>
       </w:r>
       <w:r w:rsidR="009F5332" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">eeting of </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidR="009B2323" w:rsidRPr="009F1AF9">
@@ -9957,58 +8725,66 @@
         </w:rPr>
         <w:t xml:space="preserve">genda for the </w:t>
       </w:r>
       <w:r w:rsidR="000379D2" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">eeting, together with the relevant invoices, to </w:t>
       </w:r>
       <w:r w:rsidR="003961F7" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
+        <w:t xml:space="preserve">Ingham Parish </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000B65C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall review the schedule for compliance and, having satisfied itself</w:t>
       </w:r>
       <w:r w:rsidR="003818F3" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
@@ -10378,115 +9154,165 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">A full list of all payments made in a month shall be provided to the next </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> meeting .</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>meeting .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3AEC2354" w14:textId="3DB8007F" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">With the approval of  </w:t>
+        <w:t xml:space="preserve">With the approval </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of  </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Ingham</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
+        <w:t xml:space="preserve"> Parish Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in each case, regular payments (such as gas, electricity, telephone, broadband, water, National Non-Domestic Rates, refuse collection, pension contributions and HMRC payments) may be made by variable direct debit, provided that the instructions are signed/approved online by two authorised members. The approval of the use of each variable direct debit shall be reviewed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Ingham</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at least every two years. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10140EEE" w14:textId="057C6C12" w:rsidR="00D22E75" w:rsidRPr="009F1AF9" w:rsidRDefault="00D22E75" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Payment may be made by BACS or CHAPS by resolution of[the </w:t>
+        <w:t xml:space="preserve">Payment may be made by BACS or CHAPS by resolution </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided that each payment is a</w:t>
       </w:r>
       <w:r w:rsidR="00A501E3" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pprov</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ed online by two authorised bank signatories, evidence is retained and any payments are reported to</w:t>
       </w:r>
@@ -10892,55 +9718,63 @@
       </w:r>
       <w:r w:rsidR="00BB5C5A" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B02754" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00BB5C5A" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">immediately before or after </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F1AF9">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F1AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> meeting. Any signatures obtained away from </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidR="00836827" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11673,58 +10507,66 @@
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="004B516E" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">alary rates shall be agreed by the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ingham Parish Council</w:t>
       </w:r>
       <w:r w:rsidR="004B516E" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, or a duly delegated committee. No changes shall be made to any employee’s gross pay, emoluments, or terms and conditions of employment without the prior consent of the </w:t>
       </w:r>
       <w:r w:rsidR="00A372F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Ingham Parish Council</w:t>
+        <w:t xml:space="preserve">Ingham Parish </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A372F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Council</w:t>
       </w:r>
       <w:r w:rsidR="004B516E" w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1BD5EDE1" w14:textId="77777777" w:rsidR="00E14E78" w:rsidRPr="009F1AF9" w:rsidRDefault="00E14E78" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Payment of salaries shall be made, after deduction of tax, national insurance, pension contributions and any similar statutory or discretionary deductions, on the dates stipulated in employment contracts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443812B3" w14:textId="3B19CE05" w:rsidR="00016039" w:rsidRPr="009F1AF9" w:rsidRDefault="00016039" w:rsidP="009F1AF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -15095,65 +13937,65 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next review May 2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E32FE9" w:rsidRPr="00992C77" w:rsidSect="003F575F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1843" w:right="1440" w:bottom="1440" w:left="1440" w:header="964" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="457FFC62" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F" w:rsidP="00225AAB">
+    <w:p w14:paraId="538EE20A" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139" w:rsidP="00225AAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B933205" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F" w:rsidP="00225AAB">
+    <w:p w14:paraId="481BA90A" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139" w:rsidP="00225AAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="118B7543" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F">
+    <w:p w14:paraId="3335A08A" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15288,81 +14130,81 @@
         <w:r w:rsidRPr="009F1AF9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3882B4E7" w14:textId="2003CFC9" w:rsidR="00815732" w:rsidRPr="00815732" w:rsidRDefault="00815732" w:rsidP="00390A24">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Gotham Book" w:hAnsi="Gotham Book"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2496FC82" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F" w:rsidP="00225AAB">
+    <w:p w14:paraId="14CD8A86" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139" w:rsidP="00225AAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76271BD3" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F" w:rsidP="00225AAB">
+    <w:p w14:paraId="5C98C197" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139" w:rsidP="00225AAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5EEB0560" w14:textId="77777777" w:rsidR="00603C7F" w:rsidRDefault="00603C7F">
+    <w:p w14:paraId="3902C641" w14:textId="77777777" w:rsidR="00453139" w:rsidRDefault="00453139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2523E0A7" w14:textId="50E64B42" w:rsidR="00A372F0" w:rsidRDefault="00A372F0">
+  <w:p w14:paraId="2523E0A7" w14:textId="699684A0" w:rsidR="00A372F0" w:rsidRDefault="00A372F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:t>INGHAM PARISH INGHAM PARISH COUNCIL FINANCIAL REGULATIONS</w:t>
+      <w:t>INGHAM PARISH COUNCIL FINANCIAL REGULATIONS</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C26C238" w14:textId="7562032F" w:rsidR="0074642B" w:rsidRDefault="0074642B" w:rsidP="00225AAB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="000E457E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48B2613E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -20847,87 +19689,89 @@
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="164562702">
     <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="449594527">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="231701959">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="611133540">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1181042949">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="54"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00085C80"/>
     <w:rsid w:val="0001078D"/>
     <w:rsid w:val="0001098A"/>
     <w:rsid w:val="00015FB2"/>
     <w:rsid w:val="00016039"/>
     <w:rsid w:val="00017487"/>
     <w:rsid w:val="00021B2C"/>
     <w:rsid w:val="00026D0A"/>
     <w:rsid w:val="000361D6"/>
     <w:rsid w:val="000379D2"/>
     <w:rsid w:val="00037C81"/>
     <w:rsid w:val="0005057F"/>
+    <w:rsid w:val="000513DE"/>
     <w:rsid w:val="00054305"/>
     <w:rsid w:val="0005479B"/>
     <w:rsid w:val="000645E1"/>
     <w:rsid w:val="00064BD2"/>
     <w:rsid w:val="00066E1F"/>
     <w:rsid w:val="0006714F"/>
     <w:rsid w:val="000702A1"/>
     <w:rsid w:val="0007172F"/>
     <w:rsid w:val="00071BE7"/>
     <w:rsid w:val="00071F1F"/>
     <w:rsid w:val="00072306"/>
     <w:rsid w:val="00075EFF"/>
     <w:rsid w:val="0007648B"/>
     <w:rsid w:val="000769B0"/>
     <w:rsid w:val="00077DE1"/>
     <w:rsid w:val="00085C80"/>
     <w:rsid w:val="00086822"/>
     <w:rsid w:val="000869C6"/>
     <w:rsid w:val="00091DB1"/>
     <w:rsid w:val="00093877"/>
     <w:rsid w:val="00093F2F"/>
     <w:rsid w:val="0009531F"/>
     <w:rsid w:val="000958DB"/>
     <w:rsid w:val="00096190"/>
     <w:rsid w:val="000970CE"/>
@@ -20940,50 +19784,51 @@
     <w:rsid w:val="000B63E3"/>
     <w:rsid w:val="000B65C8"/>
     <w:rsid w:val="000B664C"/>
     <w:rsid w:val="000C121B"/>
     <w:rsid w:val="000C2C92"/>
     <w:rsid w:val="000C332D"/>
     <w:rsid w:val="000D5700"/>
     <w:rsid w:val="000E50AF"/>
     <w:rsid w:val="000E6E56"/>
     <w:rsid w:val="000F109D"/>
     <w:rsid w:val="000F1249"/>
     <w:rsid w:val="000F388E"/>
     <w:rsid w:val="000F6919"/>
     <w:rsid w:val="000F6E7B"/>
     <w:rsid w:val="000F7BA7"/>
     <w:rsid w:val="00100188"/>
     <w:rsid w:val="00103900"/>
     <w:rsid w:val="00104E3E"/>
     <w:rsid w:val="00107733"/>
     <w:rsid w:val="001103F9"/>
     <w:rsid w:val="001113CC"/>
     <w:rsid w:val="00113DA1"/>
     <w:rsid w:val="00116ADA"/>
     <w:rsid w:val="001175FB"/>
     <w:rsid w:val="00121A42"/>
+    <w:rsid w:val="00124141"/>
     <w:rsid w:val="00124321"/>
     <w:rsid w:val="00127DA7"/>
     <w:rsid w:val="00131471"/>
     <w:rsid w:val="0013450A"/>
     <w:rsid w:val="00136E9B"/>
     <w:rsid w:val="001371A3"/>
     <w:rsid w:val="0013767A"/>
     <w:rsid w:val="00142AAA"/>
     <w:rsid w:val="001433D6"/>
     <w:rsid w:val="001468A5"/>
     <w:rsid w:val="00146A26"/>
     <w:rsid w:val="00147DE2"/>
     <w:rsid w:val="001504DC"/>
     <w:rsid w:val="001508C3"/>
     <w:rsid w:val="00150E54"/>
     <w:rsid w:val="0015275A"/>
     <w:rsid w:val="00153B26"/>
     <w:rsid w:val="0015456E"/>
     <w:rsid w:val="0015566A"/>
     <w:rsid w:val="0015672D"/>
     <w:rsid w:val="00156D6E"/>
     <w:rsid w:val="00157871"/>
     <w:rsid w:val="001578A6"/>
     <w:rsid w:val="001607D8"/>
     <w:rsid w:val="0016302E"/>
@@ -21166,50 +20011,51 @@
     <w:rsid w:val="003E1770"/>
     <w:rsid w:val="003E2CA2"/>
     <w:rsid w:val="003E4AD2"/>
     <w:rsid w:val="003F09CE"/>
     <w:rsid w:val="003F575F"/>
     <w:rsid w:val="003F6B20"/>
     <w:rsid w:val="00403EFB"/>
     <w:rsid w:val="00411D73"/>
     <w:rsid w:val="00412BE2"/>
     <w:rsid w:val="0041496D"/>
     <w:rsid w:val="00415855"/>
     <w:rsid w:val="00415D3E"/>
     <w:rsid w:val="0041623B"/>
     <w:rsid w:val="004169C9"/>
     <w:rsid w:val="00422AEC"/>
     <w:rsid w:val="00423D14"/>
     <w:rsid w:val="00433BCE"/>
     <w:rsid w:val="00435316"/>
     <w:rsid w:val="00444456"/>
     <w:rsid w:val="00444F95"/>
     <w:rsid w:val="00445980"/>
     <w:rsid w:val="00446FDF"/>
     <w:rsid w:val="00447B53"/>
     <w:rsid w:val="00450732"/>
     <w:rsid w:val="00451E05"/>
+    <w:rsid w:val="00453139"/>
     <w:rsid w:val="00454793"/>
     <w:rsid w:val="004548F9"/>
     <w:rsid w:val="004575F6"/>
     <w:rsid w:val="0046193A"/>
     <w:rsid w:val="00465326"/>
     <w:rsid w:val="00465F8B"/>
     <w:rsid w:val="00466D62"/>
     <w:rsid w:val="0047059C"/>
     <w:rsid w:val="004737B7"/>
     <w:rsid w:val="0047472F"/>
     <w:rsid w:val="004754CA"/>
     <w:rsid w:val="00475664"/>
     <w:rsid w:val="00476ADD"/>
     <w:rsid w:val="004777A2"/>
     <w:rsid w:val="00477E1C"/>
     <w:rsid w:val="00481254"/>
     <w:rsid w:val="0048159E"/>
     <w:rsid w:val="004815F5"/>
     <w:rsid w:val="0048334B"/>
     <w:rsid w:val="00484BC5"/>
     <w:rsid w:val="004905F8"/>
     <w:rsid w:val="004927E8"/>
     <w:rsid w:val="00493FD5"/>
     <w:rsid w:val="004974DD"/>
     <w:rsid w:val="004A0CAE"/>
@@ -22969,50 +21815,91 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="992412f8-ce7d-47f4-b8b4-a5be5b0cf393">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="929fc066-f7d6-4fd1-be03-60d981000813" xsi:nil="true"/>
+    <SharedWithUsers xmlns="929fc066-f7d6-4fd1-be03-60d981000813">
+      <UserInfo>
+        <DisplayName>Olivia Kane</DisplayName>
+        <AccountId>32</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Charlotte Eisenhart</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Rajiv Dudakia</DisplayName>
+        <AccountId>25</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C125384770260F4A96D5EEC12AE12273" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be502dd61ee146363ebf8f8af09882f5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="929fc066-f7d6-4fd1-be03-60d981000813" xmlns:ns3="992412f8-ce7d-47f4-b8b4-a5be5b0cf393" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bbb87ae1dc28915071649e53d60a4daf" ns2:_="" ns3:_="">
     <xsd:import namespace="929fc066-f7d6-4fd1-be03-60d981000813"/>
     <xsd:import namespace="992412f8-ce7d-47f4-b8b4-a5be5b0cf393"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -23217,167 +22104,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54A2EA5E-14AF-4A0E-A804-900BA5837D86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E8F542-7F5D-492F-92A4-CE2A0C9C9643}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="992412f8-ce7d-47f4-b8b4-a5be5b0cf393"/>
+    <ds:schemaRef ds:uri="929fc066-f7d6-4fd1-be03-60d981000813"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05D41811-939F-4451-B320-97B3862DC040}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01593056-8595-49F8-8564-730333029970}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="929fc066-f7d6-4fd1-be03-60d981000813"/>
     <ds:schemaRef ds:uri="992412f8-ce7d-47f4-b8b4-a5be5b0cf393"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>38327</Characters>
+  <Pages>17</Pages>
+  <Words>5931</Words>
+  <Characters>33809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>319</Lines>
-  <Paragraphs>89</Paragraphs>
+  <Lines>281</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44961</CharactersWithSpaces>
+  <CharactersWithSpaces>39661</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rajiv Dudakia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C125384770260F4A96D5EEC12AE12273</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>